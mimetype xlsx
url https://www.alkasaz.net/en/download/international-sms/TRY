--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,4704</t>
+    <t>8,8822</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>4,9713</t>
+    <t>5,213</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>9,9426</t>
+    <t>10,4261</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>12,5621</t>
+    <t>13,1729</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,4723</t>
+    <t>12,0301</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,369</t>
+    <t>9,8246</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,392</t>
+    <t>5,6541</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,2524</t>
+    <t>17,0426</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,1625</t>
+    <t>5,4135</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,1338</t>
+    <t>10,6266</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,3843</t>
+    <t>14,0351</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>7,8394</t>
+    <t>8,2206</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,0593</t>
+    <t>3,208</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,7839</t>
+    <t>11,3083</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,0459</t>
+    <t>12,6316</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,0899</t>
+    <t>11,6291</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,1491</t>
+    <t>14,8371</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,0784</t>
+    <t>3,2281</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1109</t>
+    <t>4,3108</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>112,8107</t>
+    <t>118,2957</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,457</t>
+    <t>7,8195</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,1702</t>
+    <t>7,5188</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,2008</t>
+    <t>8,5995</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,501</t>
+    <t>6,817</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,5889</t>
+    <t>4,812</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>5,9273</t>
+    <t>6,2155</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>17,4379</t>
+    <t>18,2857</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,4417</t>
+    <t>3,609</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>6,8834</t>
+    <t>7,218</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>11,7973</t>
+    <t>12,3709</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>3,8623</t>
+    <t>4,0501</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,0746</t>
+    <t>7,4185</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>16,826</t>
+    <t>17,6441</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,2218</t>
+    <t>8,6216</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>9,7514</t>
+    <t>10,2256</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>10,7648</t>
+    <t>11,2882</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,7055</t>
+    <t>8,0802</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>8,9866</t>
+    <t>9,4236</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,0172</t>
+    <t>17,8446</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,5163</t>
+    <t>11,0276</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,6042</t>
+    <t>9,0226</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,4283</t>
+    <t>13,0326</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,3327</t>
+    <t>12,9323</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,2945</t>
+    <t>2,406</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,5029</t>
+    <t>9,9649</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,2964</t>
+    <t>16,0401</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>17,9732</t>
+    <t>18,8471</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,6482</t>
+    <t>8,0201</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,1243</t>
+    <t>15,8596</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>10,8987</t>
+    <t>11,4286</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,1185</t>
+    <t>6,416</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>8,7954</t>
+    <t>9,2231</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,2658</t>
+    <t>7,619</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>13,7667</t>
+    <t>14,4361</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>7,9541</t>
+    <t>8,3409</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,2352</t>
+    <t>9,6842</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>8,738</t>
+    <t>9,1629</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>11,6635</t>
+    <t>12,2306</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,3461</t>
+    <t>13,995</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,0153</t>
+    <t>4,2105</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,1778</t>
+    <t>9,6241</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,6922</t>
+    <t>7,0175</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,3537</t>
+    <t>5,614</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,325</t>
+    <t>10,8271</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>22,9446</t>
+    <t>24,0602</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,2027</t>
+    <t>19,0877</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,6272</t>
+    <t>4,8521</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>22,3136</t>
+    <t>23,3985</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,2505</t>
+    <t>3,4085</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>12,6195</t>
+    <t>13,2331</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,2084</t>
+    <t>7,5589</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,2084</t>
+    <t>18,0451</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,1931</t>
+    <t>13,8346</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,7801</t>
+    <t>5,0125</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,3098</t>
+    <t>6,6165</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>13,8623</t>
+    <t>14,5363</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,6329</t>
+    <t>3,8095</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,2811</t>
+    <t>11,8296</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>24,6654</t>
+    <t>25,8647</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,4245</t>
+    <t>6,7368</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,7075</t>
+    <t>11,2281</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>6,9407</t>
+    <t>7,2782</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,5488</t>
+    <t>12,1103</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,392</t>
+    <t>16,1404</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>13,5755</t>
+    <t>14,2356</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,0784</t>
+    <t>13,7143</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,3136</t>
+    <t>12,9123</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>12,8107</t>
+    <t>13,4336</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,3977</t>
+    <t>4,6115</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5296</t>
+    <t>1,604</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,1205</t>
+    <t>20,0501</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>18,9675</t>
+    <t>19,8897</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,0134</t>
+    <t>11,5489</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>