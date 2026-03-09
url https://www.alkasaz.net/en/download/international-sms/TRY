--- v1 (2026-01-08)
+++ v2 (2026-03-09)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,8822</t>
+    <t>9,027</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,213</t>
+    <t>5,298</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,4261</t>
+    <t>10,596</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,1729</t>
+    <t>13,3877</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>12,0301</t>
+    <t>12,2262</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,8246</t>
+    <t>9,9847</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,6541</t>
+    <t>5,7463</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>17,0426</t>
+    <t>17,3204</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,4135</t>
+    <t>5,5018</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,6266</t>
+    <t>10,7998</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>14,0351</t>
+    <t>14,2639</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,2206</t>
+    <t>8,3546</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,208</t>
+    <t>3,2603</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,3083</t>
+    <t>11,4926</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,6316</t>
+    <t>12,8375</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,6291</t>
+    <t>11,8186</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,8371</t>
+    <t>15,079</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,2281</t>
+    <t>3,2807</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3108</t>
+    <t>4,381</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>118,2957</t>
+    <t>120,2241</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,8195</t>
+    <t>7,947</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,5188</t>
+    <t>7,6414</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,5995</t>
+    <t>8,7397</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,817</t>
+    <t>6,9282</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,812</t>
+    <t>4,8905</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,2155</t>
+    <t>6,3169</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,2857</t>
+    <t>18,5838</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,609</t>
+    <t>3,6679</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,218</t>
+    <t>7,3357</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,3709</t>
+    <t>12,5726</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,0501</t>
+    <t>4,1161</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,4185</t>
+    <t>7,5395</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,6441</t>
+    <t>17,9317</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,6216</t>
+    <t>8,7621</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,2256</t>
+    <t>10,3923</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,2882</t>
+    <t>11,4722</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>8,0802</t>
+    <t>8,2119</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,4236</t>
+    <t>9,5772</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,8446</t>
+    <t>18,1355</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>11,0276</t>
+    <t>11,2073</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>9,0226</t>
+    <t>9,1696</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,0326</t>
+    <t>13,245</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,9323</t>
+    <t>13,1431</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,406</t>
+    <t>2,4452</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,9649</t>
+    <t>10,1274</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>16,0401</t>
+    <t>16,3016</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,8471</t>
+    <t>19,1544</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>8,0201</t>
+    <t>8,1508</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,8596</t>
+    <t>16,1182</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,4286</t>
+    <t>11,6149</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,416</t>
+    <t>6,5206</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,2231</t>
+    <t>9,3734</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,619</t>
+    <t>7,7433</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,4361</t>
+    <t>14,6714</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,3409</t>
+    <t>8,4768</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,6842</t>
+    <t>9,8421</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,1629</t>
+    <t>9,3123</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,2306</t>
+    <t>12,43</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,995</t>
+    <t>14,2231</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,2105</t>
+    <t>4,2792</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,6241</t>
+    <t>9,7809</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>7,0175</t>
+    <t>7,1319</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,614</t>
+    <t>5,7056</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,8271</t>
+    <t>11,0036</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>24,0602</t>
+    <t>24,4524</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,0877</t>
+    <t>19,3989</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,8521</t>
+    <t>4,9312</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,3985</t>
+    <t>23,7799</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,4085</t>
+    <t>3,4641</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,2331</t>
+    <t>13,4488</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,5589</t>
+    <t>7,6821</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,0451</t>
+    <t>18,3393</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,8346</t>
+    <t>14,0601</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>5,0125</t>
+    <t>5,0942</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,6165</t>
+    <t>6,7244</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,5363</t>
+    <t>14,7733</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8095</t>
+    <t>3,8716</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,8296</t>
+    <t>12,0224</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,8647</t>
+    <t>26,2863</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,7368</t>
+    <t>6,8467</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,2281</t>
+    <t>11,4111</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,2782</t>
+    <t>7,3968</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,1103</t>
+    <t>12,3077</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>16,1404</t>
+    <t>16,4035</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,2356</t>
+    <t>14,4677</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,7143</t>
+    <t>13,9379</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,9123</t>
+    <t>13,1228</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,4336</t>
+    <t>13,6526</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,6115</t>
+    <t>4,6867</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,604</t>
+    <t>1,6302</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>20,0501</t>
+    <t>20,377</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,8897</t>
+    <t>20,214</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,5489</t>
+    <t>11,7371</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>